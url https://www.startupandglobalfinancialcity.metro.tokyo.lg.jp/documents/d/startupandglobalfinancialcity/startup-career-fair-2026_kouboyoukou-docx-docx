--- v0 (2025-10-04)
+++ v1 (2025-11-30)
@@ -162,88 +162,88 @@
     </w:p>
     <w:p w14:paraId="1ED6C796" w14:textId="77777777" w:rsidR="00DD1ECF" w:rsidRPr="00670000" w:rsidRDefault="00DD1ECF" w:rsidP="00FC4217">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70FF5AF5" w14:textId="0F516371" w:rsidR="00FC4217" w:rsidRPr="00670000" w:rsidRDefault="00FC4217" w:rsidP="00FC4217">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40609209" w14:textId="77777777" w:rsidR="00FC4217" w:rsidRPr="00670000" w:rsidRDefault="00FC4217" w:rsidP="00FC4217">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03D55266" w14:textId="7F6910D7" w:rsidR="00FC4217" w:rsidRPr="00670000" w:rsidRDefault="00FC4217" w:rsidP="00FC4217">
+    <w:p w14:paraId="03D55266" w14:textId="6597ABD4" w:rsidR="00FC4217" w:rsidRPr="00670000" w:rsidRDefault="00FC4217" w:rsidP="00FC4217">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00670000">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>令和</w:t>
       </w:r>
       <w:r w:rsidR="00381864">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00670000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidR="00F07517">
+      <w:r w:rsidR="002F0E22">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>９</w:t>
+        <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00670000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CE2605C" w14:textId="0FDDE85C" w:rsidR="00FC4217" w:rsidRPr="00670000" w:rsidRDefault="00FC4217" w:rsidP="00FC4217">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A8B6A75" w14:textId="46AB9BB8" w:rsidR="0052715D" w:rsidRDefault="009F7701" w:rsidP="009F7701">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -367,96 +367,138 @@
       <w:r w:rsidRPr="00FF02F5">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>スタートアップキャリアフェア</w:t>
       </w:r>
       <w:r w:rsidRPr="00E76449">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>」</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>を開催している。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01AA2D63" w14:textId="730A736A" w:rsidR="00E76449" w:rsidRDefault="00E76449" w:rsidP="00E76449">
+    <w:p w14:paraId="01AA2D63" w14:textId="4B37CA89" w:rsidR="00E76449" w:rsidRDefault="00E76449" w:rsidP="00E76449">
       <w:pPr>
         <w:ind w:leftChars="100" w:left="210" w:firstLineChars="100" w:firstLine="210"/>
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>これらの</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>東京都</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE34D0">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>が主体的に行う取組に対して協働し、必要な支援事業（以下「本事業」という。）を</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>令和7年</w:t>
-[...6 lines deleted...]
-        <w:t>１０</w:t>
+        <w:t>令和</w:t>
+      </w:r>
+      <w:r w:rsidR="002F0E22">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>７</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>月頃から令和8年３月頃まで</w:t>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidR="002F0E22">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>月頃から令和</w:t>
+      </w:r>
+      <w:r w:rsidR="002F0E22">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>８</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidR="002F0E22">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>３</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>月頃まで</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE34D0">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>実施する</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE34D0">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>事業者</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>（以下「本運営事業者」という。）</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE34D0">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
@@ -671,196 +713,105 @@
       <w:r w:rsidR="00AB59A4" w:rsidRPr="005D7A52">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>１</w:t>
       </w:r>
       <w:r w:rsidR="00D20D06" w:rsidRPr="005D7A52">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>者を公募・採択し、協定を締結</w:t>
       </w:r>
       <w:r w:rsidR="009101ED" w:rsidRPr="005D7A52">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>する</w:t>
       </w:r>
       <w:r w:rsidR="00D20D06" w:rsidRPr="005D7A52">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19244144" w14:textId="122C7FE5" w:rsidR="00D20D06" w:rsidRPr="005D7A52" w:rsidRDefault="00270F64" w:rsidP="005D7A52">
+    <w:p w14:paraId="19244144" w14:textId="4942F215" w:rsidR="00D20D06" w:rsidRPr="005D7A52" w:rsidRDefault="00D20D06" w:rsidP="005D7A52">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:ind w:leftChars="0"/>
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...90 lines deleted...]
-      <w:r w:rsidR="00D20D06" w:rsidRPr="005D7A52">
+      <w:r w:rsidRPr="005D7A52">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>採択に</w:t>
       </w:r>
       <w:r w:rsidR="00104D00" w:rsidRPr="005D7A52">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>当</w:t>
       </w:r>
-      <w:r w:rsidR="00D20D06" w:rsidRPr="005D7A52">
+      <w:r w:rsidRPr="005D7A52">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>たっては、</w:t>
       </w:r>
       <w:r w:rsidR="00080A93" w:rsidRPr="005D7A52">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>外部有識者を含む</w:t>
       </w:r>
-      <w:r w:rsidR="00D20D06" w:rsidRPr="005D7A52">
+      <w:r w:rsidRPr="005D7A52">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>選定委員会により審査を行</w:t>
       </w:r>
       <w:r w:rsidR="009101ED" w:rsidRPr="005D7A52">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>う</w:t>
       </w:r>
-      <w:r w:rsidR="00D20D06" w:rsidRPr="005D7A52">
+      <w:r w:rsidRPr="005D7A52">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15D2ED86" w14:textId="7D738442" w:rsidR="00DD7C08" w:rsidRPr="002B0381" w:rsidRDefault="00DD7C08" w:rsidP="0004744C">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:ind w:leftChars="0"/>
       </w:pPr>
       <w:r w:rsidRPr="002B0381">
         <w:t>実施期間</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57EEEFD7" w14:textId="74F7B224" w:rsidR="00DD7C08" w:rsidRDefault="00E106E8" w:rsidP="00DD7C08">
       <w:pPr>
         <w:ind w:firstLineChars="300" w:firstLine="630"/>
         <w:rPr>
           <w:szCs w:val="21"/>
@@ -12638,58 +12589,58 @@
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">ク　</w:t>
       </w:r>
       <w:r w:rsidR="0041575A">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>参加スタートアップ募集・採択に関する計画</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00191A0E" w:rsidRPr="00191A0E" w:rsidSect="00BE34D0">
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="851" w:footer="624" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5F01E67F" w14:textId="77777777" w:rsidR="00282CFB" w:rsidRDefault="00282CFB" w:rsidP="00FC4217">
+    <w:p w14:paraId="497DCDA5" w14:textId="77777777" w:rsidR="005A556B" w:rsidRDefault="005A556B" w:rsidP="00FC4217">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F1EA5F3" w14:textId="77777777" w:rsidR="00282CFB" w:rsidRDefault="00282CFB" w:rsidP="00FC4217">
+    <w:p w14:paraId="11BF71F8" w14:textId="77777777" w:rsidR="005A556B" w:rsidRDefault="005A556B" w:rsidP="00FC4217">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游明朝">
@@ -12746,58 +12697,58 @@
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="008D3F92" w:rsidRPr="008D3F92">
           <w:rPr>
             <w:noProof/>
             <w:lang w:val="ja-JP"/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6054FB88" w14:textId="77777777" w:rsidR="00282CFB" w:rsidRDefault="00282CFB" w:rsidP="00FC4217">
+    <w:p w14:paraId="34A1FBE3" w14:textId="77777777" w:rsidR="005A556B" w:rsidRDefault="005A556B" w:rsidP="00FC4217">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D795BF4" w14:textId="77777777" w:rsidR="00282CFB" w:rsidRDefault="00282CFB" w:rsidP="00FC4217">
+    <w:p w14:paraId="1AFE2423" w14:textId="77777777" w:rsidR="005A556B" w:rsidRDefault="005A556B" w:rsidP="00FC4217">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="004B71C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B62A9BA"/>
     <w:lvl w:ilvl="0" w:tplc="441E90C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -17087,51 +17038,50 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="266471209">
     <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="415055573">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1851022269">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="958221062">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1147933501">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
@@ -17366,50 +17316,51 @@
     <w:rsid w:val="002A7B85"/>
     <w:rsid w:val="002B0381"/>
     <w:rsid w:val="002B0B54"/>
     <w:rsid w:val="002B1E31"/>
     <w:rsid w:val="002B1E64"/>
     <w:rsid w:val="002B2C87"/>
     <w:rsid w:val="002B4B3F"/>
     <w:rsid w:val="002B4F70"/>
     <w:rsid w:val="002B5A91"/>
     <w:rsid w:val="002B6D97"/>
     <w:rsid w:val="002C3B0E"/>
     <w:rsid w:val="002D03FF"/>
     <w:rsid w:val="002D1DBD"/>
     <w:rsid w:val="002D2DF0"/>
     <w:rsid w:val="002D3420"/>
     <w:rsid w:val="002D3E0A"/>
     <w:rsid w:val="002D5A30"/>
     <w:rsid w:val="002E0811"/>
     <w:rsid w:val="002E0F8F"/>
     <w:rsid w:val="002E10FA"/>
     <w:rsid w:val="002E2183"/>
     <w:rsid w:val="002E36AC"/>
     <w:rsid w:val="002E61FD"/>
     <w:rsid w:val="002E7800"/>
     <w:rsid w:val="002F0268"/>
+    <w:rsid w:val="002F0E22"/>
     <w:rsid w:val="002F1225"/>
     <w:rsid w:val="002F1554"/>
     <w:rsid w:val="002F1A17"/>
     <w:rsid w:val="002F1CF7"/>
     <w:rsid w:val="002F3434"/>
     <w:rsid w:val="002F4A1D"/>
     <w:rsid w:val="002F587E"/>
     <w:rsid w:val="003003D9"/>
     <w:rsid w:val="00300656"/>
     <w:rsid w:val="0030168A"/>
     <w:rsid w:val="003024D1"/>
     <w:rsid w:val="00302D83"/>
     <w:rsid w:val="003056E6"/>
     <w:rsid w:val="00307897"/>
     <w:rsid w:val="00310241"/>
     <w:rsid w:val="00310651"/>
     <w:rsid w:val="00312BDF"/>
     <w:rsid w:val="00314CE5"/>
     <w:rsid w:val="00315F68"/>
     <w:rsid w:val="00316B2D"/>
     <w:rsid w:val="00321C91"/>
     <w:rsid w:val="00324A31"/>
     <w:rsid w:val="00324FBE"/>
     <w:rsid w:val="00330320"/>
     <w:rsid w:val="0033055C"/>
@@ -17610,50 +17561,51 @@
     <w:rsid w:val="0055718B"/>
     <w:rsid w:val="005578DC"/>
     <w:rsid w:val="00560568"/>
     <w:rsid w:val="0056067E"/>
     <w:rsid w:val="00560C95"/>
     <w:rsid w:val="00562AE4"/>
     <w:rsid w:val="00563A0F"/>
     <w:rsid w:val="00563D99"/>
     <w:rsid w:val="00564A8D"/>
     <w:rsid w:val="005656DE"/>
     <w:rsid w:val="0056661A"/>
     <w:rsid w:val="00567C69"/>
     <w:rsid w:val="005709F7"/>
     <w:rsid w:val="00570C45"/>
     <w:rsid w:val="00572021"/>
     <w:rsid w:val="00580508"/>
     <w:rsid w:val="00580EDC"/>
     <w:rsid w:val="005814C5"/>
     <w:rsid w:val="00581E3C"/>
     <w:rsid w:val="0058404F"/>
     <w:rsid w:val="00584553"/>
     <w:rsid w:val="00587E20"/>
     <w:rsid w:val="00591EB4"/>
     <w:rsid w:val="0059594A"/>
     <w:rsid w:val="005A1168"/>
+    <w:rsid w:val="005A556B"/>
     <w:rsid w:val="005A7199"/>
     <w:rsid w:val="005B07A3"/>
     <w:rsid w:val="005B29DD"/>
     <w:rsid w:val="005C265E"/>
     <w:rsid w:val="005C38BD"/>
     <w:rsid w:val="005C541D"/>
     <w:rsid w:val="005C5BFD"/>
     <w:rsid w:val="005D02BD"/>
     <w:rsid w:val="005D2B6A"/>
     <w:rsid w:val="005D2DCF"/>
     <w:rsid w:val="005D3E7F"/>
     <w:rsid w:val="005D5C09"/>
     <w:rsid w:val="005D7A52"/>
     <w:rsid w:val="005D7B47"/>
     <w:rsid w:val="005E0076"/>
     <w:rsid w:val="005E3A0E"/>
     <w:rsid w:val="005E3A5E"/>
     <w:rsid w:val="005E755C"/>
     <w:rsid w:val="005F77AD"/>
     <w:rsid w:val="00600DD5"/>
     <w:rsid w:val="00601A6E"/>
     <w:rsid w:val="00601F51"/>
     <w:rsid w:val="006020EF"/>
     <w:rsid w:val="00605DEC"/>
     <w:rsid w:val="00606712"/>
@@ -17681,50 +17633,51 @@
     <w:rsid w:val="0064227E"/>
     <w:rsid w:val="00642522"/>
     <w:rsid w:val="006435E9"/>
     <w:rsid w:val="00644F8F"/>
     <w:rsid w:val="0064502D"/>
     <w:rsid w:val="00645645"/>
     <w:rsid w:val="00645B12"/>
     <w:rsid w:val="00646E76"/>
     <w:rsid w:val="0064797E"/>
     <w:rsid w:val="00647F55"/>
     <w:rsid w:val="0065100C"/>
     <w:rsid w:val="00651F35"/>
     <w:rsid w:val="00652421"/>
     <w:rsid w:val="0065250F"/>
     <w:rsid w:val="00653555"/>
     <w:rsid w:val="00654A23"/>
     <w:rsid w:val="00657D12"/>
     <w:rsid w:val="006605ED"/>
     <w:rsid w:val="00660AF8"/>
     <w:rsid w:val="00660C51"/>
     <w:rsid w:val="006613E2"/>
     <w:rsid w:val="00662292"/>
     <w:rsid w:val="00670000"/>
     <w:rsid w:val="006706CB"/>
     <w:rsid w:val="006730EC"/>
+    <w:rsid w:val="00674413"/>
     <w:rsid w:val="00676EED"/>
     <w:rsid w:val="006819C0"/>
     <w:rsid w:val="006847A7"/>
     <w:rsid w:val="006871B2"/>
     <w:rsid w:val="006928A8"/>
     <w:rsid w:val="00693752"/>
     <w:rsid w:val="00693A6D"/>
     <w:rsid w:val="00695401"/>
     <w:rsid w:val="006958D7"/>
     <w:rsid w:val="006962B8"/>
     <w:rsid w:val="00697C70"/>
     <w:rsid w:val="006A04A6"/>
     <w:rsid w:val="006A073B"/>
     <w:rsid w:val="006A1661"/>
     <w:rsid w:val="006A224D"/>
     <w:rsid w:val="006A41DC"/>
     <w:rsid w:val="006B5B9E"/>
     <w:rsid w:val="006B64A8"/>
     <w:rsid w:val="006C0178"/>
     <w:rsid w:val="006C2362"/>
     <w:rsid w:val="006C2845"/>
     <w:rsid w:val="006C39F5"/>
     <w:rsid w:val="006C6021"/>
     <w:rsid w:val="006C74C3"/>
     <w:rsid w:val="006D0700"/>
@@ -18306,50 +18259,51 @@
     <w:rsid w:val="00EA3B36"/>
     <w:rsid w:val="00EB30CA"/>
     <w:rsid w:val="00EB6101"/>
     <w:rsid w:val="00EB6204"/>
     <w:rsid w:val="00EB6471"/>
     <w:rsid w:val="00EB796E"/>
     <w:rsid w:val="00EB7E5E"/>
     <w:rsid w:val="00EB7E8D"/>
     <w:rsid w:val="00EC273E"/>
     <w:rsid w:val="00EC59FE"/>
     <w:rsid w:val="00EC6180"/>
     <w:rsid w:val="00EC7F86"/>
     <w:rsid w:val="00ED074A"/>
     <w:rsid w:val="00ED1651"/>
     <w:rsid w:val="00ED253A"/>
     <w:rsid w:val="00ED32B0"/>
     <w:rsid w:val="00ED451E"/>
     <w:rsid w:val="00ED6993"/>
     <w:rsid w:val="00EE241A"/>
     <w:rsid w:val="00EE43D4"/>
     <w:rsid w:val="00EE4A3B"/>
     <w:rsid w:val="00EE4C37"/>
     <w:rsid w:val="00EE5A06"/>
     <w:rsid w:val="00EF0AAD"/>
     <w:rsid w:val="00EF275F"/>
+    <w:rsid w:val="00EF53BB"/>
     <w:rsid w:val="00EF65A5"/>
     <w:rsid w:val="00EF685E"/>
     <w:rsid w:val="00EF68C2"/>
     <w:rsid w:val="00F0267C"/>
     <w:rsid w:val="00F03618"/>
     <w:rsid w:val="00F03B72"/>
     <w:rsid w:val="00F05673"/>
     <w:rsid w:val="00F069CF"/>
     <w:rsid w:val="00F06D2F"/>
     <w:rsid w:val="00F07517"/>
     <w:rsid w:val="00F11175"/>
     <w:rsid w:val="00F12477"/>
     <w:rsid w:val="00F12804"/>
     <w:rsid w:val="00F13611"/>
     <w:rsid w:val="00F14B34"/>
     <w:rsid w:val="00F17FAF"/>
     <w:rsid w:val="00F2172B"/>
     <w:rsid w:val="00F22B82"/>
     <w:rsid w:val="00F22D50"/>
     <w:rsid w:val="00F242D9"/>
     <w:rsid w:val="00F25356"/>
     <w:rsid w:val="00F25A6E"/>
     <w:rsid w:val="00F2661E"/>
     <w:rsid w:val="00F26661"/>
     <w:rsid w:val="00F268EF"/>
@@ -20541,115 +20495,115 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="587308d9-0a4f-43e1-ba2a-b29522ac602e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="29314506-bc18-47c0-89ab-dbed0e693e21" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98A5923D-E181-44C1-9E7D-09C83A1DFDFA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="587308d9-0a4f-43e1-ba2a-b29522ac602e"/>
     <ds:schemaRef ds:uri="29314506-bc18-47c0-89ab-dbed0e693e21"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{228CC0C8-83AA-4A7C-AE7E-A234F732F6EC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3F8BF63-C41D-4A66-BC5D-081B79461B1F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="587308d9-0a4f-43e1-ba2a-b29522ac602e"/>
+    <ds:schemaRef ds:uri="29314506-bc18-47c0-89ab-dbed0e693e21"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{175653B9-2AB1-43D6-8F04-7C423328DAB4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3F8BF63-C41D-4A66-BC5D-081B79461B1F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{228CC0C8-83AA-4A7C-AE7E-A234F732F6EC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="29314506-bc18-47c0-89ab-dbed0e693e21"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
   <Words>5027</Words>
   <Characters>5580</Characters>
   <DocSecurity>0</DocSecurity>
   <Lines>279</Lines>
   <Paragraphs>311</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>