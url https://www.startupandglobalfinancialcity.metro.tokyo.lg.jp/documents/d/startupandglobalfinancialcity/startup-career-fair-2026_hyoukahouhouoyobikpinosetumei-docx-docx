--- v0 (2025-10-04)
+++ v1 (2025-11-30)
@@ -175,87 +175,87 @@
     </w:p>
     <w:p w14:paraId="528BA46E" w14:textId="77777777" w:rsidR="00DD4411" w:rsidRPr="00B72225" w:rsidRDefault="00DD4411" w:rsidP="00DD4411">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="130C7071" w14:textId="77777777" w:rsidR="00DD4411" w:rsidRPr="00B72225" w:rsidRDefault="00DD4411" w:rsidP="00DD4411">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EC0D294" w14:textId="77777777" w:rsidR="00DD4411" w:rsidRPr="00B72225" w:rsidRDefault="00DD4411" w:rsidP="00DD4411">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45C156BA" w14:textId="454974A5" w:rsidR="00DD4411" w:rsidRPr="00B72225" w:rsidRDefault="00DD4411" w:rsidP="00DD4411">
+    <w:p w14:paraId="45C156BA" w14:textId="339B0F93" w:rsidR="00DD4411" w:rsidRPr="00B72225" w:rsidRDefault="00DD4411" w:rsidP="00DD4411">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B72225">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>令和</w:t>
       </w:r>
       <w:r w:rsidR="00891FFD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00B72225">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidR="00A45C1D">
+      <w:r w:rsidR="00F23CDF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>９</w:t>
+        <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00B72225">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D105517" w14:textId="77777777" w:rsidR="00DD4411" w:rsidRPr="00B72225" w:rsidRDefault="00DD4411" w:rsidP="00DD4411">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="636DDCFD" w14:textId="07A6C095" w:rsidR="009845D8" w:rsidRPr="00B72225" w:rsidRDefault="0095301C" w:rsidP="00DD4411">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
@@ -3981,58 +3981,58 @@
         <w:t>ウトカム評価に基づく成果報酬額を決定します</w:t>
       </w:r>
       <w:r w:rsidRPr="00B72225">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0049196E" w:rsidRPr="00C10B59" w:rsidSect="009A6910">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="851" w:footer="992" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31630B43" w14:textId="77777777" w:rsidR="00D90857" w:rsidRDefault="00D90857" w:rsidP="00DD4411">
+    <w:p w14:paraId="77440460" w14:textId="77777777" w:rsidR="009F7889" w:rsidRDefault="009F7889" w:rsidP="00DD4411">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="723937BA" w14:textId="77777777" w:rsidR="00D90857" w:rsidRDefault="00D90857" w:rsidP="00DD4411">
+    <w:p w14:paraId="5D23DF98" w14:textId="77777777" w:rsidR="009F7889" w:rsidRDefault="009F7889" w:rsidP="00DD4411">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ Ｐゴシック">
@@ -4074,58 +4074,58 @@
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="000A058B" w:rsidRPr="000A058B">
           <w:rPr>
             <w:noProof/>
             <w:lang w:val="ja-JP"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33E0D5B7" w14:textId="77777777" w:rsidR="00D90857" w:rsidRDefault="00D90857" w:rsidP="00DD4411">
+    <w:p w14:paraId="6476265D" w14:textId="77777777" w:rsidR="009F7889" w:rsidRDefault="009F7889" w:rsidP="00DD4411">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1315726F" w14:textId="77777777" w:rsidR="00D90857" w:rsidRDefault="00D90857" w:rsidP="00DD4411">
+    <w:p w14:paraId="63901AE6" w14:textId="77777777" w:rsidR="009F7889" w:rsidRDefault="009F7889" w:rsidP="00DD4411">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D9A5C9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D5968E34"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalEnclosedCircle"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -4649,51 +4649,50 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1909805626">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="984890108">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1750612111">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1892887624">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="335961303">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
@@ -4899,55 +4898,57 @@
     <w:rsid w:val="008A5840"/>
     <w:rsid w:val="008A59D5"/>
     <w:rsid w:val="008C4E84"/>
     <w:rsid w:val="008D6F83"/>
     <w:rsid w:val="008D7605"/>
     <w:rsid w:val="008F2B82"/>
     <w:rsid w:val="008F4420"/>
     <w:rsid w:val="00901FF1"/>
     <w:rsid w:val="00930717"/>
     <w:rsid w:val="0093353E"/>
     <w:rsid w:val="0093728D"/>
     <w:rsid w:val="00947CEB"/>
     <w:rsid w:val="0095301C"/>
     <w:rsid w:val="0095334B"/>
     <w:rsid w:val="009549F4"/>
     <w:rsid w:val="0096016F"/>
     <w:rsid w:val="00963509"/>
     <w:rsid w:val="009660E0"/>
     <w:rsid w:val="00970BDD"/>
     <w:rsid w:val="00974AE8"/>
     <w:rsid w:val="0097566E"/>
     <w:rsid w:val="009845D8"/>
     <w:rsid w:val="00991F98"/>
     <w:rsid w:val="009A6910"/>
     <w:rsid w:val="009B4A00"/>
+    <w:rsid w:val="009B6D15"/>
     <w:rsid w:val="009C064A"/>
     <w:rsid w:val="009C1B63"/>
     <w:rsid w:val="009D0625"/>
     <w:rsid w:val="009D1620"/>
     <w:rsid w:val="009E35F8"/>
+    <w:rsid w:val="009F7889"/>
     <w:rsid w:val="00A17B00"/>
     <w:rsid w:val="00A335C2"/>
     <w:rsid w:val="00A34B5B"/>
     <w:rsid w:val="00A3707E"/>
     <w:rsid w:val="00A41CD0"/>
     <w:rsid w:val="00A45C1D"/>
     <w:rsid w:val="00A46341"/>
     <w:rsid w:val="00A62940"/>
     <w:rsid w:val="00A705B3"/>
     <w:rsid w:val="00A72454"/>
     <w:rsid w:val="00A835B7"/>
     <w:rsid w:val="00A93D8A"/>
     <w:rsid w:val="00AB1620"/>
     <w:rsid w:val="00AC2522"/>
     <w:rsid w:val="00AD4856"/>
     <w:rsid w:val="00B0157F"/>
     <w:rsid w:val="00B02636"/>
     <w:rsid w:val="00B11FB6"/>
     <w:rsid w:val="00B129F7"/>
     <w:rsid w:val="00B32EC1"/>
     <w:rsid w:val="00B41480"/>
     <w:rsid w:val="00B5141B"/>
     <w:rsid w:val="00B51D4C"/>
     <w:rsid w:val="00B56D3C"/>
     <w:rsid w:val="00B65B4A"/>
@@ -4986,50 +4987,51 @@
     <w:rsid w:val="00DD4411"/>
     <w:rsid w:val="00DE5550"/>
     <w:rsid w:val="00E07019"/>
     <w:rsid w:val="00E1053B"/>
     <w:rsid w:val="00E14598"/>
     <w:rsid w:val="00E15BE6"/>
     <w:rsid w:val="00E27645"/>
     <w:rsid w:val="00E32C4E"/>
     <w:rsid w:val="00E42673"/>
     <w:rsid w:val="00E52F1A"/>
     <w:rsid w:val="00E65D3B"/>
     <w:rsid w:val="00E80782"/>
     <w:rsid w:val="00E85EF0"/>
     <w:rsid w:val="00E906D1"/>
     <w:rsid w:val="00EA780E"/>
     <w:rsid w:val="00EB0CAE"/>
     <w:rsid w:val="00EC3C89"/>
     <w:rsid w:val="00ED4F1B"/>
     <w:rsid w:val="00EF239B"/>
     <w:rsid w:val="00EF3DB6"/>
     <w:rsid w:val="00F02DB4"/>
     <w:rsid w:val="00F11F0C"/>
     <w:rsid w:val="00F15EFB"/>
     <w:rsid w:val="00F20906"/>
     <w:rsid w:val="00F22F86"/>
+    <w:rsid w:val="00F23CDF"/>
     <w:rsid w:val="00F36180"/>
     <w:rsid w:val="00F444A2"/>
     <w:rsid w:val="00F46517"/>
     <w:rsid w:val="00F51781"/>
     <w:rsid w:val="00F5555D"/>
     <w:rsid w:val="00F724C7"/>
     <w:rsid w:val="00F91C29"/>
     <w:rsid w:val="00F95AF6"/>
     <w:rsid w:val="00F95B84"/>
     <w:rsid w:val="00FA7B50"/>
     <w:rsid w:val="00FB4A58"/>
     <w:rsid w:val="00FC6959"/>
     <w:rsid w:val="00FD0A83"/>
     <w:rsid w:val="00FD6166"/>
     <w:rsid w:val="00FE56FD"/>
     <w:rsid w:val="00FE799F"/>
     <w:rsid w:val="0337EE21"/>
     <w:rsid w:val="03598F83"/>
     <w:rsid w:val="038DEB0A"/>
     <w:rsid w:val="044CA4DB"/>
     <w:rsid w:val="045F1247"/>
     <w:rsid w:val="053113F0"/>
     <w:rsid w:val="07519BB3"/>
     <w:rsid w:val="077AD580"/>
     <w:rsid w:val="0A2B715C"/>
@@ -6095,50 +6097,116 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3d422b49-2212-4a9b-9c72-e211b21f0a74">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <SharedWithUsers xmlns="a002211b-717f-4c4b-bda6-a0f559ca4434">
+      <UserInfo>
+        <DisplayName>菩提寺　凌</DisplayName>
+        <AccountId>19</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>池田　萌子</DisplayName>
+        <AccountId>15</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>村木　厚哉</DisplayName>
+        <AccountId>10</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>三浦　裕之</DisplayName>
+        <AccountId>11</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>渡邉　万紀子</DisplayName>
+        <AccountId>22</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>西川　知伸</DisplayName>
+        <AccountId>13</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>浅井　琢磨</DisplayName>
+        <AccountId>123</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>奥田　善史</DisplayName>
+        <AccountId>139</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>中間　瑞希</DisplayName>
+        <AccountId>150</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100B1ED42EB8004444EB6849FC2D53E98A3" ma:contentTypeVersion="14" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="58fb17389756229cc2873c3538f43e1c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3d422b49-2212-4a9b-9c72-e211b21f0a74" xmlns:ns3="a002211b-717f-4c4b-bda6-a0f559ca4434" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fa876873c3dcc81155823abc371862c8" ns2:_="" ns3:_="">
     <xsd:import namespace="3d422b49-2212-4a9b-9c72-e211b21f0a74"/>
     <xsd:import namespace="a002211b-717f-4c4b-bda6-a0f559ca4434"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -6317,183 +6385,117 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D39C65B-D8FD-41F9-8434-C6F42FB68B1C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3d422b49-2212-4a9b-9c72-e211b21f0a74"/>
+    <ds:schemaRef ds:uri="a002211b-717f-4c4b-bda6-a0f559ca4434"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...53 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E4BCEF1-B95C-40FF-BEEB-863FF3D20912}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC072F02-D885-497E-9C05-3329DADE0AA3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3d422b49-2212-4a9b-9c72-e211b21f0a74"/>
     <ds:schemaRef ds:uri="a002211b-717f-4c4b-bda6-a0f559ca4434"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2140</Words>
-  <Characters>2217</Characters>
+  <Words>350</Words>
+  <Characters>1997</Characters>
   <DocSecurity>0</DocSecurity>
-  <Lines>133</Lines>
-  <Paragraphs>49</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2251</CharactersWithSpaces>
+  <CharactersWithSpaces>2343</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_ea60d57e-af5b-4752-ac57-3e4f28ca11dc_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_ea60d57e-af5b-4752-ac57-3e4f28ca11dc_SetDate">
     <vt:lpwstr>2022-05-11T11:46:51Z</vt:lpwstr>